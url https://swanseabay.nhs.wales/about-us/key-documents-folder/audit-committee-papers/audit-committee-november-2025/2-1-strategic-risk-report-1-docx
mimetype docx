--- v0 (2025-11-16)
+++ v1 (2025-12-10)
@@ -76,50 +76,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Meeting Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1682499800"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:date w:fullDate="2025-11-20T00:00:00Z">
               <w:dateFormat w:val="dd MMMM yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3685" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="6D2903DF" w14:textId="544ECDE7" w:rsidR="00F5082D" w:rsidRPr="00095242" w:rsidRDefault="003E70BE" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>20 November 2025</w:t>
                 </w:r>
               </w:p>
@@ -1141,171 +1142,175 @@
           <w:p w14:paraId="6D29040A" w14:textId="77777777" w:rsidR="00DB1B39" w:rsidRPr="00095242" w:rsidRDefault="00DB1B39" w:rsidP="00095242">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1068315321"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1994" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29040B" w14:textId="77777777" w:rsidR="00DB1B39" w:rsidRPr="00095242" w:rsidRDefault="00DB1B39" w:rsidP="00095242">
                 <w:pPr>
                   <w:ind w:right="96"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="736593761"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1723" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="6D29040C" w14:textId="5E2DF20C" w:rsidR="00DB1B39" w:rsidRPr="00095242" w:rsidRDefault="006B167E" w:rsidP="00095242">
                 <w:pPr>
                   <w:ind w:right="96"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-49540097"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1661" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29040D" w14:textId="4DB4469E" w:rsidR="00DB1B39" w:rsidRPr="00095242" w:rsidRDefault="00A571F0" w:rsidP="00095242">
                 <w:pPr>
                   <w:ind w:right="96"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1731038570"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2134" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="6D29040E" w14:textId="77777777" w:rsidR="00DB1B39" w:rsidRPr="00095242" w:rsidRDefault="00DB1B39" w:rsidP="00095242">
                 <w:pPr>
                   <w:ind w:right="96"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3463,104 +3468,105 @@
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C32D1A8" w14:textId="515F4414" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="00E93915" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4714" w:rsidRPr="00095242" w14:paraId="726D7E65" w14:textId="3C2EB811" w:rsidTr="003F2392">
+      <w:tr w:rsidR="002D4714" w:rsidRPr="00095242" w14:paraId="726D7E65" w14:textId="3C2EB811" w:rsidTr="0093250C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5071" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B7FB814" w14:textId="3BC9FE53" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="002D4714" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.7: Mental Health Transformation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="0DC5A592" w14:textId="4BC9B063" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="002D4714" w:rsidP="00095242">
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC5A592" w14:textId="2C523A81" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="0093250C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00095242">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>TBC</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="675843C8" w14:textId="5C780D07" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="00E93915" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -3666,98 +3672,99 @@
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4032435F" w14:textId="5852F091" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="00F3197C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4714" w:rsidRPr="00095242" w14:paraId="3B09E531" w14:textId="1D628B5C" w:rsidTr="003F2392">
+      <w:tr w:rsidR="002D4714" w:rsidRPr="00095242" w14:paraId="3B09E531" w14:textId="1D628B5C" w:rsidTr="00680B98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5071" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D78D8B4" w14:textId="143C3682" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="002D4714" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2: Maintaining our Estate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="501E720B" w14:textId="6119AECD" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="002D4714" w:rsidP="00095242">
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="501E720B" w14:textId="3353157B" w:rsidR="00680B98" w:rsidRPr="00095242" w:rsidRDefault="00680B98" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00095242">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>TBC</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6889196B" w14:textId="0E0BCEC8" w:rsidR="002D4714" w:rsidRPr="00095242" w:rsidRDefault="00F3197C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
@@ -5095,1863 +5102,1935 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8347" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5260"/>
         <w:gridCol w:w="1405"/>
         <w:gridCol w:w="1682"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="2A25022B" w14:textId="435B0B05" w:rsidTr="00E1585B">
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="2A25022B" w14:textId="435B0B05" w:rsidTr="00680B98">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5512" w:type="dxa"/>
+            <w:tcW w:w="5260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="3A721EA9" w14:textId="6EA70AF9" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CRR Ref &amp; Risk Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="470F1EFF" w14:textId="0F83B5E5" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Current Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="16C29716" w14:textId="6C0F8D6B" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Scrutiny Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="6A843B9D" w14:textId="3C72E2A0" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="6A843B9D" w14:textId="3C72E2A0" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68D0E3D1" w14:textId="109262AD" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>92: Finance: Forecast Deficit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="30C0AB9C" w14:textId="6DC1EE96" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E6CDD1C" w14:textId="08E9E813" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00EA666E" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="78760CAD" w14:textId="40CEA513" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="78760CAD" w14:textId="40CEA513" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="575A4913" w14:textId="6846E705" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4: Healthcare Acquired Infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="3DB233B2" w14:textId="485906F6" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="529F9B59" w14:textId="1EAE7F90" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00EA666E" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="17B95268" w14:textId="176EC79B" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="17B95268" w14:textId="176EC79B" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DEFDBDC" w14:textId="6A6E9AB1" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>60: Cyber Security</w:t>
             </w:r>
             <w:r w:rsidR="00B73421" w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="25D2815B" w14:textId="570A9749" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FEC357E" w14:textId="48F92ACB" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00EA666E" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDRIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="364B165D" w14:textId="5AB496AE" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="364B165D" w14:textId="5AB496AE" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62066DED" w14:textId="070B3B4D" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>64: H&amp;S Infrastructure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="2BB41309" w14:textId="4C5AA68F" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D05656E" w14:textId="17715CE1" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="008572E6" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="31CA58D1" w14:textId="4345FBA6" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="31CA58D1" w14:textId="4345FBA6" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B9B2B29" w14:textId="54EE9AFE" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>66: Access to Cancer Services – SACT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="4AD39365" w14:textId="4CB48A06" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ED3D6A2" w14:textId="62049409" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="008572E6" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="7E5AA042" w14:textId="45562F1C" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="7E5AA042" w14:textId="45562F1C" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ABE1C93" w14:textId="60BCDE93" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>69: Adolescents being admitted to Adult MH wards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="2A5AF44B" w14:textId="451FEC5C" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="165A26A8" w14:textId="7457CAA7" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="008572E6" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="704456C8" w14:textId="320B2358" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="704456C8" w14:textId="320B2358" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="016AEC9C" w14:textId="48B395ED" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>80: Transfer of Clinically Optimised Patients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="7E03BBB0" w14:textId="74BB59A3" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7057A4C8" w14:textId="7B2C09C4" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="008572E6" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="40B8092B" w14:textId="63A58BE2" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="40B8092B" w14:textId="63A58BE2" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64F20CF5" w14:textId="2C8B8DD9" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">85: Non-Compliance with ALN Act </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="34E7EE91" w14:textId="526AC8B6" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60F43C8F" w14:textId="55F1FCF3" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E80C19" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="12E1DF04" w14:textId="11DD1585" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="12E1DF04" w14:textId="11DD1585" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F4B310C" w14:textId="00CD9521" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>89: Healthcare Nursing Staff Levels (HMP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="32A584BC" w14:textId="65A2C9C1" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="698F3920" w14:textId="34FB6D41" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E80C19" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="6D65097E" w14:textId="3A04B769" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="6D65097E" w14:textId="3A04B769" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4236F415" w14:textId="69DEB78D" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>90: Subject Access Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="513EB2FA" w14:textId="3122D093" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61FCFCD3" w14:textId="757BB0CC" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E80C19" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDRIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="4E85EA84" w14:textId="4DE729FA" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="4E85EA84" w14:textId="4DE729FA" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75C2FAF6" w14:textId="20348EA4" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>93: Finance: Reduced capital funds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="54229A4A" w14:textId="1FA85A9E" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3842422C" w14:textId="0D4B3EF7" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E80C19" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="5BE91CBF" w14:textId="7677A1C3" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00680B98" w:rsidRPr="00095242" w14:paraId="06A0BA4F" w14:textId="77777777" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DE3CF9" w14:textId="36DCF1FE" w:rsidR="00680B98" w:rsidRPr="00095242" w:rsidRDefault="00680B98" w:rsidP="00095242">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>96: Failure to Develop an Approvable IMTP (Statutory Compliance)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD5E763" w14:textId="24890E1C" w:rsidR="00680B98" w:rsidRPr="00095242" w:rsidRDefault="005B0E29" w:rsidP="00095242">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251A8D05" w14:textId="4A6B6108" w:rsidR="00680B98" w:rsidRPr="00095242" w:rsidRDefault="005B0E29" w:rsidP="00095242">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PFC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="5BE91CBF" w14:textId="7677A1C3" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47700864" w14:textId="2026E799" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>104: Clinical Coding Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="2FFEC570" w14:textId="18A91041" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66859B4A" w14:textId="47D4F619" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00C74090" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDRIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="096A596E" w14:textId="1F345D36" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="096A596E" w14:textId="1F345D36" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33A27799" w14:textId="2546974B" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>106: Emissions Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="7AD2F0BC" w14:textId="28E15193" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36E8A45A" w14:textId="62E52DE5" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="003542AE" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="04A28F15" w14:textId="17E2DC12" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="04A28F15" w14:textId="17E2DC12" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30590592" w14:textId="3BD0A832" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107: EPRR and Recovery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="62377579" w14:textId="67034493" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75216D5C" w14:textId="7AC264DB" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="003542AE" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PHC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="40E9ABCC" w14:textId="25042F90" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="40E9ABCC" w14:textId="25042F90" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28912BC0" w14:textId="4A917FA1" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3: Recruitment of Consultant Medical &amp; Dental Staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="6448336C" w14:textId="4C51036F" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA15B8A" w14:textId="52186E2B" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="003542AE" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WODC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="5F20BDCB" w14:textId="31BAF393" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="5F20BDCB" w14:textId="31BAF393" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B40CEFE" w14:textId="247C15B2" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>36: Paper Record Storage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="0051D9E4" w14:textId="5005E145" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C1F1D73" w14:textId="7F8DB12B" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="003542AE" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDRIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="307BFA20" w14:textId="026C175C" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="307BFA20" w14:textId="026C175C" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F136FAD" w14:textId="475901D0" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43: Deprivation of Liberty Safeguards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="27B0460C" w14:textId="6F9BE1C2" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07C8D581" w14:textId="31436B94" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="003542AE" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="21B728C8" w14:textId="3A3F38E4" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="21B728C8" w14:textId="3A3F38E4" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46AD7209" w14:textId="3CA77296" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>61: Paediatric Dental GA Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="06FC8CEE" w14:textId="4DCA15E3" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26764AE9" w14:textId="755A7255" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00DC605C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="302EFE9E" w14:textId="662D62E2" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="302EFE9E" w14:textId="662D62E2" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31911EDB" w14:textId="06DEBEB4" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>105: Increased Cost of Replacement Pathology System (LIMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="27598423" w14:textId="62D6A722" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="763760D9" w14:textId="644CFBD4" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00DC605C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDRIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="703B078D" w14:textId="433E5587" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="703B078D" w14:textId="433E5587" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29B23191" w14:textId="2545CDE5" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>53: Compliance with Welsh Language Standards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="342450C3" w14:textId="6C4CD91B" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4963FFC6" w14:textId="7B3AAD06" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00DC605C" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HBWLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="1141FBB4" w14:textId="51D8F3C7" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="1141FBB4" w14:textId="51D8F3C7" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DED6F99" w14:textId="30E14036" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">52: Impact Assessment Requirements </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="28DF1554" w14:textId="64517B1E" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B0D06EB" w14:textId="6A714D45" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E22E66" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="07AD524B" w14:textId="0F1940CC" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="07AD524B" w14:textId="0F1940CC" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22E11FC8" w14:textId="4FDFC5BB" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>94: CAMHS failure to meet required standards of performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="318CF55A" w14:textId="34432FDA" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56D794DF" w14:textId="2274F999" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E22E66" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="41464F63" w14:textId="2C31F0E5" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="41464F63" w14:textId="2C31F0E5" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14000B16" w14:textId="12F29E0C" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100: Partnerships &amp; Collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="60B600B7" w14:textId="6C6FC97A" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12F35770" w14:textId="1BF849BF" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00B73421" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PHC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="43CBE195" w14:textId="1D553907" w:rsidTr="00E1585B">
-[...2 lines deleted...]
-            <w:tcW w:w="5512" w:type="dxa"/>
+      <w:tr w:rsidR="00E1585B" w:rsidRPr="00095242" w14:paraId="43CBE195" w14:textId="1D553907" w:rsidTr="00680B98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1943356D" w14:textId="510C92F5" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>101: Industrial Action (HCSW)</w:t>
             </w:r>
             <w:r w:rsidR="00B73421" w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="42655071" w14:textId="3C57DF6D" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00E1585B" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69797684" w14:textId="6D46D2A9" w:rsidR="00E1585B" w:rsidRPr="00095242" w:rsidRDefault="00B73421" w:rsidP="00095242">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WODC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="510864AF" w14:textId="1AEC896C" w:rsidR="00E022EF" w:rsidRPr="00095242" w:rsidRDefault="00FD671A" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6961,51 +7040,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Risks marked ‘*’ are received In Committee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="799D396A" w14:textId="77777777" w:rsidR="00FD671A" w:rsidRPr="00095242" w:rsidRDefault="00FD671A" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="122878C1" w14:textId="50C3A422" w:rsidR="00117F94" w:rsidRPr="00095242" w:rsidRDefault="00A77620" w:rsidP="00095242">
+    <w:p w14:paraId="122878C1" w14:textId="5A0D9C33" w:rsidR="00117F94" w:rsidRPr="00095242" w:rsidRDefault="00A77620" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0094565C" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All risks in the CRR </w:t>
       </w:r>
@@ -7051,57 +7130,65 @@
       </w:r>
       <w:r w:rsidR="008F7735" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board Director</w:t>
       </w:r>
       <w:r w:rsidR="0093018D" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
       <w:r w:rsidR="00660074" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If in the future </w:t>
       </w:r>
+      <w:r w:rsidR="005B0E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CRR</w:t>
+      </w:r>
       <w:r w:rsidR="00593B49" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>those risks</w:t>
+        <w:t xml:space="preserve"> risks</w:t>
       </w:r>
       <w:r w:rsidR="00C816C6" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> individually or collectively present a significant risk to achieving a strategic objective, </w:t>
       </w:r>
       <w:r w:rsidR="00660074" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
       <w:r w:rsidR="008F7735" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board Director</w:t>
       </w:r>
@@ -7495,68 +7582,90 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and for relevant extracts of the most recently published registers to be reported to its committees for oversight and detailed scrutiny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0893E0CF" w14:textId="77777777" w:rsidR="00336E79" w:rsidRPr="00095242" w:rsidRDefault="00336E79" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DC1411F" w14:textId="20972479" w:rsidR="00EC1F1D" w:rsidRPr="00095242" w:rsidRDefault="0017368A" w:rsidP="00095242">
+    <w:p w14:paraId="7CA10E55" w14:textId="77777777" w:rsidR="00F1617D" w:rsidRDefault="00F1617D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC1411F" w14:textId="481F8794" w:rsidR="00EC1F1D" w:rsidRPr="00095242" w:rsidRDefault="0017368A" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00470D9A" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Operational Risk Registers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9A1D76" w14:textId="77777777" w:rsidR="0017368A" w:rsidRPr="00095242" w:rsidRDefault="0017368A" w:rsidP="00095242">
       <w:pPr>
@@ -7676,60 +7785,51 @@
         </w:rPr>
         <w:t xml:space="preserve">services. </w:t>
       </w:r>
       <w:r w:rsidR="00C705FC" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="006C7199" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">re is work </w:t>
       </w:r>
       <w:r w:rsidR="00F94715" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">being undertaken by the Risk Management Group to review the detail within operational risk registers, with particular </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">focus being directed at those within service groups. </w:t>
+        <w:t xml:space="preserve">being undertaken by the Risk Management Group to review the detail within operational risk registers, with particular focus being directed at those within service groups. </w:t>
       </w:r>
       <w:r w:rsidR="00B91B71" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">At the beginning of November 2025 </w:t>
       </w:r>
       <w:r w:rsidR="008C6411" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the service group operational risk registers </w:t>
       </w:r>
       <w:r w:rsidR="00841D2A" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">were </w:t>
       </w:r>
@@ -8154,50 +8254,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73E277FB" w14:textId="1A3E0AE7" w:rsidR="00106203" w:rsidRPr="00095242" w:rsidRDefault="00AF31E6" w:rsidP="00095242">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005B0E29" w:rsidRPr="00095242" w14:paraId="0BE07B9B" w14:textId="77777777" w:rsidTr="00106203">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E11985" w14:textId="2FDF7510" w:rsidR="005B0E29" w:rsidRPr="00095242" w:rsidRDefault="005B0E29" w:rsidP="00095242">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Health &amp; Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9CC93A" w14:textId="2A9AC5AC" w:rsidR="005B0E29" w:rsidRPr="00095242" w:rsidRDefault="005B0E29" w:rsidP="00095242">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="0081520D" w:rsidRPr="00095242" w14:paraId="735B7110" w14:textId="77777777" w:rsidTr="00106203">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AEDFEF8" w14:textId="56884AF5" w:rsidR="0081520D" w:rsidRPr="00095242" w:rsidRDefault="0081520D" w:rsidP="00095242">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Medical Devices &amp; Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8369,69 +8515,79 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E087F" w14:textId="3AF0FEEB" w:rsidR="00955BFE" w:rsidRPr="00095242" w:rsidRDefault="002419A8" w:rsidP="00095242">
+          <w:p w14:paraId="695E087F" w14:textId="6597D1AB" w:rsidR="00955BFE" w:rsidRPr="00095242" w:rsidRDefault="002419A8" w:rsidP="00095242">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>194</w:t>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005B0E29">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52E55ABC" w14:textId="206DE934" w:rsidR="00106203" w:rsidRPr="00095242" w:rsidRDefault="00106203" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D47955" w14:textId="7362EE3A" w:rsidR="00D87012" w:rsidRPr="00095242" w:rsidRDefault="00D87012" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -8764,144 +8920,124 @@
       <w:r w:rsidR="00A96534" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (currently under review) alongside the following </w:t>
       </w:r>
       <w:r w:rsidR="00867FA8" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>criteria</w:t>
       </w:r>
       <w:r w:rsidR="00A96534" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA0768B" w14:textId="2C5C7E06" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
+    <w:p w14:paraId="2BA0768B" w14:textId="4EE6A797" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
       <w:pPr>
         <w:pStyle w:val="pf0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The risk is above tolerance level and there is nothing that the risk owner can do to reduce it within tolerance level within an acceptable </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The risk is above tolerance level and there is nothing that the risk owner can do to reduce it within tolerance level within an acceptable timeframe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F08B14" w14:textId="77777777" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>time-frame</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>• The risk is above tolerance and options to treat the risk are outside of the delegated levels of control assigned to the risk owners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38146B10" w14:textId="77777777" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>• The risk presents a significant threat to the achievement of health board objectives or targets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F08B14" w14:textId="77777777" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
+    <w:p w14:paraId="025C14C4" w14:textId="77777777" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
       <w:pPr>
         <w:pStyle w:val="pf0"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>• The risk is above tolerance and options to treat the risk are outside of the delegated levels of control assigned to the risk owners.</w:t>
-[...35 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">• The risks </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> assessed to be of significant concern (typically prompted by a very high local assessment of risk level).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21954F6A" w14:textId="77777777" w:rsidR="00A96534" w:rsidRPr="00095242" w:rsidRDefault="00A96534" w:rsidP="00095242">
       <w:pPr>
@@ -9402,51 +9538,61 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of this report is to highlight </w:t>
       </w:r>
       <w:r w:rsidR="00B4323F" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a proposed change in the way that risk will be managed and overseen within the Health Board via the introduction of a new stra</w:t>
+        <w:t xml:space="preserve">a proposed change in the way that risk will be managed and overseen within the Health Board </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4323F" w:rsidRPr="00095242">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>via the introduction of a new stra</w:t>
       </w:r>
       <w:r w:rsidR="009719A2" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tegic risk and corporate risk register. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A6F753" w14:textId="77777777" w:rsidR="009719A2" w:rsidRPr="00095242" w:rsidRDefault="009719A2" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16227EF1" w14:textId="225530D1" w:rsidR="00E51210" w:rsidRPr="00095242" w:rsidRDefault="00E51210" w:rsidP="00095242">
       <w:pPr>
@@ -9502,51 +9648,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D290427" w14:textId="53EAD4DA" w:rsidR="00653AEC" w:rsidRPr="00095242" w:rsidRDefault="0077639C" w:rsidP="00095242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00653AEC" w:rsidRPr="00095242">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FINANCIAL IMPLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6482978A" w14:textId="4460A538" w:rsidR="0038252F" w:rsidRPr="00095242" w:rsidRDefault="002E0B54" w:rsidP="00095242">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -10027,50 +10172,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Partnerships for Improving Health and Wellbeing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1705433169"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29043D" w14:textId="77777777" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00F57042" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10107,50 +10253,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Co-Production and Health Literacy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1151252969"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290441" w14:textId="77777777" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00133EA1" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10187,50 +10334,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Digitally Enabled Health and Wellbeing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1773847484"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290445" w14:textId="77777777" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00133EA1" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10329,50 +10477,51 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1190956866"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29044C" w14:textId="7C74B4BD" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10409,50 +10558,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Partnerships for Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="832023854"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290450" w14:textId="3E28CCCC" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10490,50 +10640,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Excellent Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="717472097"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290454" w14:textId="0AF6588B" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -10572,50 +10723,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Digitally Enabled Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-12686039"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290458" w14:textId="107D1FC6" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -10654,50 +10806,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Outstanding Research, Innovation, Education and Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="216336744"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29045C" w14:textId="3767B9B2" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -10772,50 +10925,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Staying Healthy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="937573542"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290462" w14:textId="462CC2B5" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -10853,50 +11007,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Safe Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-275186550"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290466" w14:textId="5FE4495E" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -10935,50 +11090,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Effective  Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1590772104"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29046A" w14:textId="0ADB7ED4" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -11017,50 +11173,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dignified Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1427299090"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29046E" w14:textId="26DB0BD0" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -11099,50 +11256,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Timely Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1511138502"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290472" w14:textId="6C976744" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -11181,50 +11339,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1349403007"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D290476" w14:textId="44BE3B03" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -11263,50 +11422,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Staff and Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1357344251"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2155" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D29047A" w14:textId="5AB3AE8D" w:rsidR="00360DFF" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00095242">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -11768,50 +11928,51 @@
       <w:tr w:rsidR="00F5324A" w:rsidRPr="00095242" w14:paraId="6D290493" w14:textId="77777777" w:rsidTr="00064E4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6D290492" w14:textId="77777777" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00296CD9" w:rsidP="00095242">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Long Term Implications (including the impact of the Well-being of Future Generations (Wales) Act 2015)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F5324A" w:rsidRPr="00095242" w14:paraId="6D290496" w14:textId="77777777" w:rsidTr="00064E4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="6D290495" w14:textId="43213B35" w:rsidR="00F5324A" w:rsidRPr="00095242" w:rsidRDefault="00360DFF" w:rsidP="00095242">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095242">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -12236,50 +12397,51 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="443046536"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="5EE9C96C" w14:textId="11CABBFD" w:rsidR="00B542CB" w:rsidRDefault="00B542CB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="00767E3E">
           <w:rPr>
             <w:noProof/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="098D93E4" wp14:editId="735EAD72">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-20623</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1933575" cy="590550"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapTight wrapText="bothSides">
                 <wp:wrapPolygon edited="0">
                   <wp:start x="0" y="0"/>
@@ -16513,99 +16675,100 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1990554489">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="189421881">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1906527328">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1095635085">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="50353265">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="885137917">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009112DC"/>
     <w:rsid w:val="00000B8D"/>
     <w:rsid w:val="000038D5"/>
     <w:rsid w:val="00003CA6"/>
     <w:rsid w:val="00007425"/>
     <w:rsid w:val="00011D00"/>
     <w:rsid w:val="00014F6C"/>
     <w:rsid w:val="0001501B"/>
     <w:rsid w:val="00021C60"/>
     <w:rsid w:val="0002225B"/>
     <w:rsid w:val="000228FE"/>
     <w:rsid w:val="00022FA6"/>
     <w:rsid w:val="000259B0"/>
     <w:rsid w:val="00026F40"/>
     <w:rsid w:val="000302C0"/>
     <w:rsid w:val="00030A3B"/>
     <w:rsid w:val="00034194"/>
     <w:rsid w:val="00037CCF"/>
     <w:rsid w:val="00057043"/>
     <w:rsid w:val="00064E4C"/>
     <w:rsid w:val="000838DF"/>
     <w:rsid w:val="00083FC0"/>
     <w:rsid w:val="00085265"/>
+    <w:rsid w:val="000852B9"/>
     <w:rsid w:val="00090E24"/>
     <w:rsid w:val="00093D6C"/>
     <w:rsid w:val="00094014"/>
     <w:rsid w:val="00095242"/>
     <w:rsid w:val="00097C54"/>
     <w:rsid w:val="000A0411"/>
     <w:rsid w:val="000A485D"/>
     <w:rsid w:val="000A6268"/>
     <w:rsid w:val="000B269E"/>
     <w:rsid w:val="000B4A0F"/>
     <w:rsid w:val="000B6B71"/>
     <w:rsid w:val="000B7DA5"/>
     <w:rsid w:val="000C12F3"/>
     <w:rsid w:val="000C16D9"/>
     <w:rsid w:val="000C2ADF"/>
     <w:rsid w:val="000C730A"/>
     <w:rsid w:val="000C7F3A"/>
     <w:rsid w:val="000D1025"/>
     <w:rsid w:val="000D1754"/>
     <w:rsid w:val="000D3DC6"/>
     <w:rsid w:val="000D79F6"/>
     <w:rsid w:val="000E0F77"/>
     <w:rsid w:val="000F17AE"/>
     <w:rsid w:val="000F361B"/>
     <w:rsid w:val="000F4C92"/>
@@ -16672,50 +16835,51 @@
     <w:rsid w:val="002104BA"/>
     <w:rsid w:val="002112B5"/>
     <w:rsid w:val="00212669"/>
     <w:rsid w:val="002134CF"/>
     <w:rsid w:val="002154FA"/>
     <w:rsid w:val="00221A5D"/>
     <w:rsid w:val="00224E4C"/>
     <w:rsid w:val="002309C3"/>
     <w:rsid w:val="00233330"/>
     <w:rsid w:val="002333B1"/>
     <w:rsid w:val="00235B63"/>
     <w:rsid w:val="0023710E"/>
     <w:rsid w:val="00241662"/>
     <w:rsid w:val="002419A8"/>
     <w:rsid w:val="00243F13"/>
     <w:rsid w:val="00250AE8"/>
     <w:rsid w:val="002649FF"/>
     <w:rsid w:val="00267B58"/>
     <w:rsid w:val="00270878"/>
     <w:rsid w:val="002733D6"/>
     <w:rsid w:val="00273A64"/>
     <w:rsid w:val="00277177"/>
     <w:rsid w:val="00277393"/>
     <w:rsid w:val="00281FBF"/>
     <w:rsid w:val="00284246"/>
+    <w:rsid w:val="002846EE"/>
     <w:rsid w:val="0029038E"/>
     <w:rsid w:val="00290B20"/>
     <w:rsid w:val="00293B56"/>
     <w:rsid w:val="002950FF"/>
     <w:rsid w:val="00295F8E"/>
     <w:rsid w:val="00296620"/>
     <w:rsid w:val="002966AB"/>
     <w:rsid w:val="00296CD9"/>
     <w:rsid w:val="002A0FEE"/>
     <w:rsid w:val="002A3A33"/>
     <w:rsid w:val="002B095B"/>
     <w:rsid w:val="002B390D"/>
     <w:rsid w:val="002B7C7E"/>
     <w:rsid w:val="002B7C9A"/>
     <w:rsid w:val="002C02DD"/>
     <w:rsid w:val="002C1BD1"/>
     <w:rsid w:val="002C3DD6"/>
     <w:rsid w:val="002C3F81"/>
     <w:rsid w:val="002D21E9"/>
     <w:rsid w:val="002D4714"/>
     <w:rsid w:val="002D4F37"/>
     <w:rsid w:val="002D5995"/>
     <w:rsid w:val="002E0B54"/>
     <w:rsid w:val="002E2C72"/>
     <w:rsid w:val="002E5B48"/>
@@ -16840,89 +17004,91 @@
     <w:rsid w:val="00534490"/>
     <w:rsid w:val="0053457A"/>
     <w:rsid w:val="00537843"/>
     <w:rsid w:val="00543658"/>
     <w:rsid w:val="0054559D"/>
     <w:rsid w:val="005455DE"/>
     <w:rsid w:val="005462B1"/>
     <w:rsid w:val="005507A5"/>
     <w:rsid w:val="005528FD"/>
     <w:rsid w:val="00555C7E"/>
     <w:rsid w:val="00557833"/>
     <w:rsid w:val="0056052D"/>
     <w:rsid w:val="0056299D"/>
     <w:rsid w:val="00570D20"/>
     <w:rsid w:val="005809FF"/>
     <w:rsid w:val="00585277"/>
     <w:rsid w:val="00585D86"/>
     <w:rsid w:val="00592E0F"/>
     <w:rsid w:val="00593B49"/>
     <w:rsid w:val="005A0619"/>
     <w:rsid w:val="005A0918"/>
     <w:rsid w:val="005A1C44"/>
     <w:rsid w:val="005A52A2"/>
     <w:rsid w:val="005B031B"/>
     <w:rsid w:val="005B04ED"/>
+    <w:rsid w:val="005B0E29"/>
     <w:rsid w:val="005B4371"/>
     <w:rsid w:val="005B4ADA"/>
     <w:rsid w:val="005B5138"/>
     <w:rsid w:val="005C2A6F"/>
     <w:rsid w:val="005C2F0B"/>
     <w:rsid w:val="005C52A9"/>
     <w:rsid w:val="005D1652"/>
     <w:rsid w:val="005D1E88"/>
     <w:rsid w:val="005D29B3"/>
     <w:rsid w:val="005D446C"/>
     <w:rsid w:val="005D5699"/>
     <w:rsid w:val="005D6B59"/>
     <w:rsid w:val="005D7769"/>
     <w:rsid w:val="005F5F74"/>
     <w:rsid w:val="006024BD"/>
     <w:rsid w:val="00603717"/>
     <w:rsid w:val="00612B97"/>
     <w:rsid w:val="0061419C"/>
     <w:rsid w:val="006172AA"/>
     <w:rsid w:val="006215F4"/>
     <w:rsid w:val="00623240"/>
     <w:rsid w:val="00625C38"/>
     <w:rsid w:val="00626077"/>
     <w:rsid w:val="00636A17"/>
     <w:rsid w:val="00637138"/>
     <w:rsid w:val="0064127B"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="00644DBD"/>
     <w:rsid w:val="00653AEC"/>
     <w:rsid w:val="00655190"/>
     <w:rsid w:val="00656C7E"/>
     <w:rsid w:val="00660074"/>
     <w:rsid w:val="006621BD"/>
     <w:rsid w:val="00662218"/>
     <w:rsid w:val="006658B4"/>
     <w:rsid w:val="00666AFF"/>
     <w:rsid w:val="00670650"/>
     <w:rsid w:val="0067151E"/>
     <w:rsid w:val="00673AA5"/>
+    <w:rsid w:val="00680B98"/>
     <w:rsid w:val="00680FF5"/>
     <w:rsid w:val="00681E4C"/>
     <w:rsid w:val="00682466"/>
     <w:rsid w:val="006837A8"/>
     <w:rsid w:val="00685AE0"/>
     <w:rsid w:val="00686604"/>
     <w:rsid w:val="00696614"/>
     <w:rsid w:val="006A1588"/>
     <w:rsid w:val="006B167E"/>
     <w:rsid w:val="006B34E1"/>
     <w:rsid w:val="006B6294"/>
     <w:rsid w:val="006C1561"/>
     <w:rsid w:val="006C163E"/>
     <w:rsid w:val="006C301D"/>
     <w:rsid w:val="006C7199"/>
     <w:rsid w:val="006C756A"/>
     <w:rsid w:val="006D0C31"/>
     <w:rsid w:val="006D1864"/>
     <w:rsid w:val="006D1998"/>
     <w:rsid w:val="006D2E92"/>
     <w:rsid w:val="006D50C2"/>
     <w:rsid w:val="006D65C1"/>
     <w:rsid w:val="006E0519"/>
     <w:rsid w:val="006E1AEA"/>
     <w:rsid w:val="006E21F3"/>
@@ -17033,67 +17199,69 @@
     <w:rsid w:val="008C7CC5"/>
     <w:rsid w:val="008D0747"/>
     <w:rsid w:val="008D0809"/>
     <w:rsid w:val="008D5448"/>
     <w:rsid w:val="008E14F2"/>
     <w:rsid w:val="008E372B"/>
     <w:rsid w:val="008E610D"/>
     <w:rsid w:val="008E6A26"/>
     <w:rsid w:val="008E77D9"/>
     <w:rsid w:val="008F1F44"/>
     <w:rsid w:val="008F2D79"/>
     <w:rsid w:val="008F31BE"/>
     <w:rsid w:val="008F7735"/>
     <w:rsid w:val="009012E8"/>
     <w:rsid w:val="0090796F"/>
     <w:rsid w:val="009079F8"/>
     <w:rsid w:val="009112DC"/>
     <w:rsid w:val="00913191"/>
     <w:rsid w:val="00916438"/>
     <w:rsid w:val="00917C55"/>
     <w:rsid w:val="00921956"/>
     <w:rsid w:val="009241BE"/>
     <w:rsid w:val="0092608C"/>
     <w:rsid w:val="009300C4"/>
     <w:rsid w:val="0093018D"/>
+    <w:rsid w:val="0093250C"/>
     <w:rsid w:val="00933D36"/>
     <w:rsid w:val="009347E6"/>
     <w:rsid w:val="00941790"/>
     <w:rsid w:val="00942F24"/>
     <w:rsid w:val="009445AB"/>
     <w:rsid w:val="00945594"/>
     <w:rsid w:val="0094565C"/>
     <w:rsid w:val="00946B73"/>
     <w:rsid w:val="009475BB"/>
     <w:rsid w:val="00950382"/>
     <w:rsid w:val="009518E5"/>
     <w:rsid w:val="00954B33"/>
     <w:rsid w:val="00955BFE"/>
     <w:rsid w:val="00966332"/>
     <w:rsid w:val="009666D1"/>
     <w:rsid w:val="00971522"/>
     <w:rsid w:val="009719A2"/>
+    <w:rsid w:val="00974F28"/>
     <w:rsid w:val="00980208"/>
     <w:rsid w:val="00985840"/>
     <w:rsid w:val="00993D76"/>
     <w:rsid w:val="009954F9"/>
     <w:rsid w:val="0099612E"/>
     <w:rsid w:val="00997553"/>
     <w:rsid w:val="009A21C5"/>
     <w:rsid w:val="009A45B5"/>
     <w:rsid w:val="009B050C"/>
     <w:rsid w:val="009B144C"/>
     <w:rsid w:val="009B4EB1"/>
     <w:rsid w:val="009C4F1C"/>
     <w:rsid w:val="009D43EC"/>
     <w:rsid w:val="009D65D6"/>
     <w:rsid w:val="009E07B7"/>
     <w:rsid w:val="009E0F91"/>
     <w:rsid w:val="009E4316"/>
     <w:rsid w:val="009E5603"/>
     <w:rsid w:val="009E7AF7"/>
     <w:rsid w:val="009F1007"/>
     <w:rsid w:val="009F1E80"/>
     <w:rsid w:val="00A014E4"/>
     <w:rsid w:val="00A02AC8"/>
     <w:rsid w:val="00A047BD"/>
     <w:rsid w:val="00A054AB"/>
@@ -17244,50 +17412,51 @@
     <w:rsid w:val="00C74090"/>
     <w:rsid w:val="00C74B4D"/>
     <w:rsid w:val="00C755AA"/>
     <w:rsid w:val="00C815B1"/>
     <w:rsid w:val="00C816C6"/>
     <w:rsid w:val="00C81887"/>
     <w:rsid w:val="00C82615"/>
     <w:rsid w:val="00C82AD1"/>
     <w:rsid w:val="00C876AE"/>
     <w:rsid w:val="00C90DCB"/>
     <w:rsid w:val="00C95B3C"/>
     <w:rsid w:val="00CA6D65"/>
     <w:rsid w:val="00CA7511"/>
     <w:rsid w:val="00CB389C"/>
     <w:rsid w:val="00CB457E"/>
     <w:rsid w:val="00CB6C45"/>
     <w:rsid w:val="00CC21D7"/>
     <w:rsid w:val="00CD010C"/>
     <w:rsid w:val="00CD03DD"/>
     <w:rsid w:val="00CD2401"/>
     <w:rsid w:val="00CD27DA"/>
     <w:rsid w:val="00CD42C1"/>
     <w:rsid w:val="00CD5EA5"/>
     <w:rsid w:val="00CD60B2"/>
     <w:rsid w:val="00CD69E4"/>
+    <w:rsid w:val="00CD716C"/>
     <w:rsid w:val="00CD7AA5"/>
     <w:rsid w:val="00CE1497"/>
     <w:rsid w:val="00CF61B0"/>
     <w:rsid w:val="00CF6D7F"/>
     <w:rsid w:val="00D000E2"/>
     <w:rsid w:val="00D004BB"/>
     <w:rsid w:val="00D0122B"/>
     <w:rsid w:val="00D01A46"/>
     <w:rsid w:val="00D03CBC"/>
     <w:rsid w:val="00D10561"/>
     <w:rsid w:val="00D1058C"/>
     <w:rsid w:val="00D15B40"/>
     <w:rsid w:val="00D166B8"/>
     <w:rsid w:val="00D24266"/>
     <w:rsid w:val="00D24FCA"/>
     <w:rsid w:val="00D25756"/>
     <w:rsid w:val="00D2724E"/>
     <w:rsid w:val="00D37131"/>
     <w:rsid w:val="00D40356"/>
     <w:rsid w:val="00D47076"/>
     <w:rsid w:val="00D47891"/>
     <w:rsid w:val="00D50999"/>
     <w:rsid w:val="00D62049"/>
     <w:rsid w:val="00D65EB5"/>
     <w:rsid w:val="00D66C4C"/>
@@ -17387,50 +17556,51 @@
     <w:rsid w:val="00EC5DA4"/>
     <w:rsid w:val="00ED025E"/>
     <w:rsid w:val="00ED4865"/>
     <w:rsid w:val="00ED48BF"/>
     <w:rsid w:val="00ED5E6C"/>
     <w:rsid w:val="00EE40FB"/>
     <w:rsid w:val="00EE4F9D"/>
     <w:rsid w:val="00EE6417"/>
     <w:rsid w:val="00EF0B7A"/>
     <w:rsid w:val="00EF0D53"/>
     <w:rsid w:val="00EF2BF0"/>
     <w:rsid w:val="00EF31AD"/>
     <w:rsid w:val="00EF72D7"/>
     <w:rsid w:val="00F00040"/>
     <w:rsid w:val="00F03874"/>
     <w:rsid w:val="00F0462B"/>
     <w:rsid w:val="00F05701"/>
     <w:rsid w:val="00F05CA3"/>
     <w:rsid w:val="00F06D6F"/>
     <w:rsid w:val="00F075E2"/>
     <w:rsid w:val="00F10985"/>
     <w:rsid w:val="00F10E9D"/>
     <w:rsid w:val="00F11CD2"/>
     <w:rsid w:val="00F127F6"/>
     <w:rsid w:val="00F15356"/>
+    <w:rsid w:val="00F1617D"/>
     <w:rsid w:val="00F16190"/>
     <w:rsid w:val="00F167C5"/>
     <w:rsid w:val="00F2546B"/>
     <w:rsid w:val="00F25F6A"/>
     <w:rsid w:val="00F263F2"/>
     <w:rsid w:val="00F26EBB"/>
     <w:rsid w:val="00F27881"/>
     <w:rsid w:val="00F3197C"/>
     <w:rsid w:val="00F33971"/>
     <w:rsid w:val="00F40D24"/>
     <w:rsid w:val="00F41B70"/>
     <w:rsid w:val="00F42283"/>
     <w:rsid w:val="00F466C5"/>
     <w:rsid w:val="00F46B4C"/>
     <w:rsid w:val="00F5082D"/>
     <w:rsid w:val="00F50DEB"/>
     <w:rsid w:val="00F51E56"/>
     <w:rsid w:val="00F52492"/>
     <w:rsid w:val="00F531BD"/>
     <w:rsid w:val="00F5324A"/>
     <w:rsid w:val="00F54A9A"/>
     <w:rsid w:val="00F57042"/>
     <w:rsid w:val="00F57C68"/>
     <w:rsid w:val="00F57DD2"/>
     <w:rsid w:val="00F6055D"/>
@@ -18828,64 +18998,66 @@
     <w:rsid w:val="002E7994"/>
     <w:rsid w:val="004415D7"/>
     <w:rsid w:val="00446D9A"/>
     <w:rsid w:val="00454715"/>
     <w:rsid w:val="0045583A"/>
     <w:rsid w:val="00462223"/>
     <w:rsid w:val="004D301A"/>
     <w:rsid w:val="004D6696"/>
     <w:rsid w:val="005A52A2"/>
     <w:rsid w:val="005B299F"/>
     <w:rsid w:val="005C504A"/>
     <w:rsid w:val="005C52A9"/>
     <w:rsid w:val="00623240"/>
     <w:rsid w:val="006621BD"/>
     <w:rsid w:val="00695E40"/>
     <w:rsid w:val="006A427D"/>
     <w:rsid w:val="006B2583"/>
     <w:rsid w:val="006E21F3"/>
     <w:rsid w:val="007459AB"/>
     <w:rsid w:val="007772FE"/>
     <w:rsid w:val="008564C8"/>
     <w:rsid w:val="00884C43"/>
     <w:rsid w:val="008C7C6A"/>
     <w:rsid w:val="008D14FA"/>
     <w:rsid w:val="00941790"/>
+    <w:rsid w:val="00974F28"/>
     <w:rsid w:val="009954F9"/>
     <w:rsid w:val="00997553"/>
     <w:rsid w:val="009B44A3"/>
     <w:rsid w:val="00A100B2"/>
     <w:rsid w:val="00A71E81"/>
     <w:rsid w:val="00AA7FD6"/>
     <w:rsid w:val="00AD033D"/>
     <w:rsid w:val="00AD1D85"/>
     <w:rsid w:val="00AD7CAB"/>
     <w:rsid w:val="00AF33F6"/>
     <w:rsid w:val="00B81BB7"/>
     <w:rsid w:val="00B84040"/>
     <w:rsid w:val="00CA25BD"/>
     <w:rsid w:val="00CC510F"/>
+    <w:rsid w:val="00CD716C"/>
     <w:rsid w:val="00D65EB5"/>
     <w:rsid w:val="00E317C9"/>
     <w:rsid w:val="00EB5F9C"/>
     <w:rsid w:val="00EC5E54"/>
     <w:rsid w:val="00EE40FB"/>
     <w:rsid w:val="00EE4F9D"/>
     <w:rsid w:val="00F16803"/>
     <w:rsid w:val="00F37A4E"/>
     <w:rsid w:val="00F846D2"/>
     <w:rsid w:val="00F950D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
@@ -19625,52 +19797,52 @@
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="60b0568e-e574-4342-a9c0-c22c6fec6509">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fdfaf355-f7ae-47f3-8f93-739a60756710" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001C022EFBB18C64ABE3B9933434D2554" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f943177ea8763000a8499e1c2226e28c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="60b0568e-e574-4342-a9c0-c22c6fec6509" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88fda345858a4b69abf4f7695f2c7751" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001C022EFBB18C64ABE3B9933434D2554" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa1fdaed32ccfb62a78fe7804e1feb11">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="60b0568e-e574-4342-a9c0-c22c6fec6509" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="243aadca8e19f5d5123f99ada160efc8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="60b0568e-e574-4342-a9c0-c22c6fec6509"/>
     <xsd:import namespace="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -19877,84 +20049,68 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65AE8062-1C23-440D-8B38-34C03ACDAB89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D92B89C4-CF8C-48C0-AE66-115463AA1A07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="60b0568e-e574-4342-a9c0-c22c6fec6509"/>
     <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{522EB9BF-5307-471D-ABAF-34670C9DCCBD}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26560E67-4A65-4F9A-9932-CE622C47116F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2678</Words>
-  <Characters>14547</Characters>
+  <Words>2584</Words>
+  <Characters>14730</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>581</Lines>
-  <Paragraphs>366</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ABM LHB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16859</CharactersWithSpaces>
+  <CharactersWithSpaces>17280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Pamela Wenger (ABM ULHB - Corporate Governance)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010001C022EFBB18C64ABE3B9933434D2554</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>