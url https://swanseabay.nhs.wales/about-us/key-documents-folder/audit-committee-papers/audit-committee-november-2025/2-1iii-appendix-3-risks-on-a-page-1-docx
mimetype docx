--- v0 (2025-11-16)
+++ v1 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="419BCA9A" w14:textId="7E9B394E" w:rsidR="00F96830" w:rsidRPr="007C1AFF" w:rsidRDefault="007C1AFF" w:rsidP="004C2DB2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1AFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
@@ -701,358 +701,392 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (20)</w:t>
             </w:r>
             <w:r w:rsidR="00E45CDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="073DB050" w14:textId="62BCA0CD" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="073DB050" w14:textId="62BCA0CD" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 20</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="683DB956" w14:textId="376DC308" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="683DB956" w14:textId="376DC308" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.3 Cancer Care</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> PFC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38548C5A" w14:textId="363F3D51" w:rsidR="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w14:paraId="38548C5A" w14:textId="363F3D51" w:rsidR="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38E3E493" w14:textId="0B0FF61C" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="38E3E493" w14:textId="0B0FF61C" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.1 USC Access</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> PFC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731F9B7B" w14:textId="797A979D" w:rsidR="004C2DB2" w:rsidRPr="00DD4687" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
+          <w:p w14:paraId="731F9B7B" w14:textId="797A979D" w:rsidR="004C2DB2" w:rsidRPr="00DD4687" w:rsidRDefault="004C2DB2" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.4 </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4687">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality, Safety &amp; Patient Outcomes</w:t>
             </w:r>
             <w:r w:rsidR="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00231683">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9CA6BC" w14:textId="284A95A4" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
+          <w:p w14:paraId="1E9CA6BC" w14:textId="284A95A4" w:rsidR="004C2DB2" w:rsidRDefault="004C2DB2" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.5 Listening to Peopl</w:t>
             </w:r>
             <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e,</w:t>
             </w:r>
             <w:r w:rsidR="00231683" w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F5FFF7D" w14:textId="6BA7C196" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w14:paraId="00C01043" w14:textId="77777777" w:rsidR="00850431" w:rsidRDefault="00850431" w:rsidP="00866622">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491278">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maternity &amp; Neonatal Service Transformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, QSC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7411F855" w14:textId="7070CC9D" w:rsidR="00133F1B" w:rsidRPr="00720C7B" w:rsidRDefault="00133F1B" w:rsidP="00866622">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00EAB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00850431">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mental Health </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Transformation, QSC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5FFF7D" w14:textId="6BA7C196" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 12</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6688D756" w14:textId="1F963D03" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="099434BD" w14:textId="6B3FD73C" w:rsidR="004C2DB2" w:rsidRPr="00133F1B" w:rsidRDefault="00720C7B" w:rsidP="00866622">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Planned Care Access, PFC</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF66545" w14:textId="14771753" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00720C7B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1581,51 +1615,51 @@
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="766BB7C0" id="_x0000_t70" coordsize="21600,21600" o:spt="70" adj="5400,4320" path="m10800,l21600@0@3@0@3@2,21600@2,10800,21600,0@2@1@2@1@0,0@0xe">
+                    <v:shapetype w14:anchorId="485D0BE8" id="_x0000_t70" coordsize="21600,21600" o:spt="70" adj="5400,4320" path="m10800,l21600@0@3@0@3@2,21600@2,10800,21600,0@2@1@2@1@0,0@0xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #1"/>
                         <v:f eqn="val #0"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="sum 21600 0 #0"/>
                         <v:f eqn="prod #1 #0 10800"/>
                         <v:f eqn="sum #1 0 @4"/>
                         <v:f eqn="sum 21600 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;@1,10800;0,@2;10800,21600;21600,@2;@3,10800;21600,@0" o:connectangles="270,180,180,180,90,0,0,0" textboxrect="@1,@5,@3,@6"/>
                       <v:handles>
                         <v:h position="#0,#1" xrange="0,10800" yrange="0,10800"/>
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:69.35pt;margin-top:-.25pt;width:9.75pt;height:18.75pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQCgC4T63AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8JAFITvJv6HzTPxBlshQFO7JYh6NREVr4/us23svm26W6j8eh8nPU5mMvNN&#10;vh5dq47Uh8azgbtpAoq49LbhysD72/MkBRUissXWMxn4oQDr4voqx8z6E7/ScRcrJSUcMjRQx9hl&#10;WoeyJodh6jti8b587zCK7CttezxJuWv1LEmW2mHDslBjR9uayu/d4GTk8fzJS4vD/uG8ffpg3tj9&#10;S2XM7c24uQcVaYx/YbjgCzoUwnTwA9ugWtHzdCVRA5MFqIu/SGegDgbmqwR0kev/B4pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACGKZW5oAgAA8gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKALhPrcAAAACAEAAA8AAAAAAAAAAAAAAAAAwgQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="34D9D514" w14:textId="6704EFFF" w:rsidR="00E45CDA" w:rsidRPr="00CC2339" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -1696,51 +1730,51 @@
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="58BA589D" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:34.9pt;margin-top:.35pt;width:9.75pt;height:18.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAofb1ZYAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azZuuCOkXQosOA&#10;og2aDj2rslQbkEWNUuJkXz9KdpygLXYYdpEpkXyknh91cblrDdsq9A3YkheTnDNlJVSNfSn5z8eb&#10;T+ec+SBsJQxYVfK98vxy8fHDRefmago1mEohIxDr550reR2Cm2eZl7VqhZ+AU5acGrAVgbb4klUo&#10;OkJvTTbN8y9ZB1g5BKm8p9Pr3skXCV9rJcO91l4FZkpOvYW0Ylqf45otLsT8BYWrGzm0If6hi1Y0&#10;loqOUNciCLbB5g1U20gEDzpMJLQZaN1Ile5AtynyV7dZ18KpdBcix7uRJv//YOXddu1WSDR0zs89&#10;mfEWO41t/FJ/bJfI2o9kqV1gkg6L6efz6YwzSS4yC7IJJTsmO/Thu4KWRaPkG3cNnV0iQpeYEttb&#10;H/qMQySlH7tIVtgbFRsx9kFp1lRUd5qyk0DUlUG2FfRrhZTKhqJ31aJS/XExy/P0j6mtMSM1mQAj&#10;sm6MGbEHgCi+t9h9r0N8TFVJX2Ny/rfG+uQxI1UGG8bktrGA7wEYutVQuY8/kNRTE1l6hmq/QobQ&#10;q9s7edMQ5bfCh5VAkjMJn0Y03NOiDXQlh8HirAb8/d55jCeVkZezjsaj5P7XRqDizPywpL9vxdlZ&#10;nKe0OZt9ndIGTz3Ppx67aa+AflNBj4GTyYzxwRxMjdA+0SQvY1VyCSupdsllwMPmKvRjS2+BVMtl&#10;CqMZciLc2rWTETyyGrX0uHsS6AbdBRLsHRxGScxf6a6PjZkWlpsAukmiPPI68E3zl4QzvBVxwE/3&#10;Ker4oi3+AAAA//8DAFBLAwQUAAYACAAAACEAME4b/toAAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEzOMU/DMBAF4B2J/2AdEht1SKWShjgVRWJhoKKB3Y2vcdT4nMZOmv57jgnG0zu99xWb2XViwiG0&#10;nhQ8LhIQSLU3LTUKvqq3hwxEiJqM7jyhgisG2JS3N4XOjb/QJ0772AguoZBrBTbGPpcy1BadDgvf&#10;I3F29IPTkc+hkWbQFy53nUyTZCWdbokXrO7x1WJ92o+OR+w0f3+ct9X4jteur9LdeYs7pe7v5pdn&#10;EBHn+PcMv3ymQ8mmgx/JBNEpWK1ZHhU8geA0Wy9BHBQssxRkWcj/+vIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAKH29WWACAAAZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAME4b/toAAAAFAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4 [3204]" strokecolor="#09101d [484]" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="1A67EC05" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:34.9pt;margin-top:.35pt;width:9.75pt;height:18.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAofb1ZYAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azZuuCOkXQosOA&#10;og2aDj2rslQbkEWNUuJkXz9KdpygLXYYdpEpkXyknh91cblrDdsq9A3YkheTnDNlJVSNfSn5z8eb&#10;T+ec+SBsJQxYVfK98vxy8fHDRefmago1mEohIxDr550reR2Cm2eZl7VqhZ+AU5acGrAVgbb4klUo&#10;OkJvTTbN8y9ZB1g5BKm8p9Pr3skXCV9rJcO91l4FZkpOvYW0Ylqf45otLsT8BYWrGzm0If6hi1Y0&#10;loqOUNciCLbB5g1U20gEDzpMJLQZaN1Ile5AtynyV7dZ18KpdBcix7uRJv//YOXddu1WSDR0zs89&#10;mfEWO41t/FJ/bJfI2o9kqV1gkg6L6efz6YwzSS4yC7IJJTsmO/Thu4KWRaPkG3cNnV0iQpeYEttb&#10;H/qMQySlH7tIVtgbFRsx9kFp1lRUd5qyk0DUlUG2FfRrhZTKhqJ31aJS/XExy/P0j6mtMSM1mQAj&#10;sm6MGbEHgCi+t9h9r0N8TFVJX2Ny/rfG+uQxI1UGG8bktrGA7wEYutVQuY8/kNRTE1l6hmq/QobQ&#10;q9s7edMQ5bfCh5VAkjMJn0Y03NOiDXQlh8HirAb8/d55jCeVkZezjsaj5P7XRqDizPywpL9vxdlZ&#10;nKe0OZt9ndIGTz3Ppx67aa+AflNBj4GTyYzxwRxMjdA+0SQvY1VyCSupdsllwMPmKvRjS2+BVMtl&#10;CqMZciLc2rWTETyyGrX0uHsS6AbdBRLsHRxGScxf6a6PjZkWlpsAukmiPPI68E3zl4QzvBVxwE/3&#10;Ker4oi3+AAAA//8DAFBLAwQUAAYACAAAACEAME4b/toAAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEzOMU/DMBAF4B2J/2AdEht1SKWShjgVRWJhoKKB3Y2vcdT4nMZOmv57jgnG0zu99xWb2XViwiG0&#10;nhQ8LhIQSLU3LTUKvqq3hwxEiJqM7jyhgisG2JS3N4XOjb/QJ0772AguoZBrBTbGPpcy1BadDgvf&#10;I3F29IPTkc+hkWbQFy53nUyTZCWdbokXrO7x1WJ92o+OR+w0f3+ct9X4jteur9LdeYs7pe7v5pdn&#10;EBHn+PcMv3ymQ8mmgx/JBNEpWK1ZHhU8geA0Wy9BHBQssxRkWcj/+vIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAKH29WWACAAAZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAME4b/toAAAAFAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4 [3204]" strokecolor="#09101d [484]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0349D267" w14:textId="254E8EC9" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1784,51 +1818,51 @@
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="535E8CC8" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:53.75pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQDhVII42gAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTE9NT8JAFLyb+B82z8SbbMFYSO2WIOrVRBS4PrrPtrH7tuluofLrfZz0NpOZzEe+&#10;HF2rjtSHxrOB6SQBRVx623Bl4PPj9W4BKkRki61nMvBDAZbF9VWOmfUnfqfjJlZKQjhkaKCOscu0&#10;DmVNDsPEd8SiffneYRTaV9r2eJJw1+pZkqTaYcPSUGNH65rK783gpOT5vOfU4rB7Oq9ftswru3ur&#10;jLm9GVePoCKN8c8Ml/kyHQrZdPAD26Ba4cn8QawCpqAu+mwu3w4G7hcp6CLX/w8UvwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAhimVuaAIAAPIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDhVII42gAAAAgBAAAPAAAAAAAAAAAAAAAAAMIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="7D93BF71" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:53.75pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQDhVII42gAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTE9NT8JAFLyb+B82z8SbbMFYSO2WIOrVRBS4PrrPtrH7tuluofLrfZz0NpOZzEe+&#10;HF2rjtSHxrOB6SQBRVx623Bl4PPj9W4BKkRki61nMvBDAZbF9VWOmfUnfqfjJlZKQjhkaKCOscu0&#10;DmVNDsPEd8SiffneYRTaV9r2eJJw1+pZkqTaYcPSUGNH65rK783gpOT5vOfU4rB7Oq9ftswru3ur&#10;jLm9GVePoCKN8c8Ml/kyHQrZdPAD26Ba4cn8QawCpqAu+mwu3w4G7hcp6CLX/w8UvwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAhimVuaAIAAPIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDhVII42gAAAAgBAAAPAAAAAAAAAAAAAAAAAMIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42196C98" w14:textId="24043B77" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1872,51 +1906,51 @@
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="431AC8F9" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:44.75pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQCUujxI2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFMQURriVKXAFYkC5bqNlyQiXkex04Z+PdtTOe7OaOZN&#10;sZxcp/Y0hNazgfksAUVcedtybeDj/eUmAxUissXOMxn4pQDL8vKiwNz6A7/RfhNrJSEccjTQxNjn&#10;WoeqIYdh5nti0b794DDKOdTaDniQcNfp2yRJtcOWpaHBntYNVT+b0UnJ0/GLU4vj9vG4fv5kXtnt&#10;a23M9dW0egAVaYpnM5zwBR1KYdr5kW1QnYFscS9O+c9BneRkIdN2Bu6yFHRZ6P/85R8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAIYplbmgCAADyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlLo8SNsAAAAHAQAADwAAAAAAAAAAAAAAAADCBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="2C7C211E" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:44.75pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQCUujxI2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFMQURriVKXAFYkC5bqNlyQiXkex04Z+PdtTOe7OaOZN&#10;sZxcp/Y0hNazgfksAUVcedtybeDj/eUmAxUissXOMxn4pQDL8vKiwNz6A7/RfhNrJSEccjTQxNjn&#10;WoeqIYdh5nti0b794DDKOdTaDniQcNfp2yRJtcOWpaHBntYNVT+b0UnJ0/GLU4vj9vG4fv5kXtnt&#10;a23M9dW0egAVaYpnM5zwBR1KYdr5kW1QnYFscS9O+c9BneRkIdN2Bu6yFHRZ6P/85R8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAIYplbmgCAADyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlLo8SNsAAAAHAQAADwAAAAAAAAAAAAAAAADCBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6467DF62" w14:textId="0743B7C4" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1960,51 +1994,51 @@
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="33B163D1" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:43.1pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQBRSnPD2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMiQhTiVKXAFYkC5bqNlyQiXkex04Y+PdtTOc6PZr5i&#10;OblO7WkIrWcD81kCirjytuXawMf7y00GKkRki51nMvBLAZbl5UWBufUHfqP9JtZKRjjkaKCJsc+1&#10;DlVDDsPM98SSffvBYRQ51NoOeJBx1+lFkqTaYcvy0GBP64aqn83o5OTp+MWpxXH7eFw/fzKv7Pa1&#10;Nub6alo9gIo0xXMZTviCDqUw7fzINqjOQJYupCn+HNQpTu7uQe0M3GYp6LLQ//nLPwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAhimVuaAIAAPIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRSnPD2gAAAAcBAAAPAAAAAAAAAAAAAAAAAMIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="755AB1E5" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:43.1pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQBRSnPD2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMiQhTiVKXAFYkC5bqNlyQiXkex04Y+PdtTOc6PZr5i&#10;OblO7WkIrWcD81kCirjytuXawMf7y00GKkRki51nMvBLAZbl5UWBufUHfqP9JtZKRjjkaKCJsc+1&#10;DlVDDsPM98SSffvBYRQ51NoOeJBx1+lFkqTaYcvy0GBP64aqn83o5OTp+MWpxXH7eFw/fzKv7Pa1&#10;Nub6alo9gIo0xXMZTviCDqUw7fzINqjOQJYupCn+HNQpTu7uQe0M3GYp6LLQ//nLPwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAhimVuaAIAAPIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRSnPD2gAAAAcBAAAPAAAAAAAAAAAAAAAAAMIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FF18D1D" w14:textId="5C42E36C" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2048,88 +2082,102 @@
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="646D4746" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:59.45pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQC+2S5e2wAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFOKqhDiVKXAFYkC5bqNlyQiXkex04Z+PZtTue1oRjNv&#10;89XoWnWgPjSeDcxnCSji0tuGKwMf7y83KagQkS22nsnALwVYFZcXOWbWH/mNDttYKSnhkKGBOsYu&#10;0zqUNTkMM98Ri/fte4dRZF9p2+NRyl2rb5NkqR02LAs1drSpqfzZDk5Gnk5fvLQ47B5Pm+dP5rXd&#10;vVbGXF+N6wdQkcZ4DsOEL+hQCNPeD2yDakXP03uJTgeoyV+kd6D2BhbpEnSR6/8PFH8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAIYplbmgCAADyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvtkuXtsAAAAIAQAADwAAAAAAAAAAAAAAAADCBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="2A007461" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:59.45pt;margin-top:.55pt;width:9.75pt;height:18.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhimVuaAIAAPIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1n6doZdYogQYcB&#10;RVugLXpmZDkWoK9RSpzu14+S3aTtehp2kUmRfBTJR19c7o1mO4lBOVvz8mTCmbTCNcpuav74cPXl&#10;nLMQwTagnZU1f5aBX84/f7rofSWnrnO6kcgIxIaq9zXvYvRVUQTRSQPhxHlpydg6NBBJxU3RIPSE&#10;bnQxnUy+Fb3DxqMTMgS6XQ1GPs/4bStFvG3bICPTNae3xXxiPtfpLOYXUG0QfKfE+Az4h1cYUJaS&#10;HqBWEIFtUf0FZZRAF1wbT4QzhWtbJWSugaopJ++que/Ay1wLNSf4Q5vC/4MVN7t7f4fUht6HKpCY&#10;qti3aNKX3sf2uVnPh2bJfWSCLsvp1/PpKWeCTCSWJBNKcQz2GOIP6QxLQs23fuV6u0B0fe4U7K5D&#10;HCJePFPK4LRqrpTWWcHNeqmR7YDGN5udTZezMckbN21Znx50NqERCyAatRoiicY3NQ92wxnoDfFT&#10;RMy530SHD5Lk5B00ckhdnk4Ienjs6J5LfYOTqlhB6IaQbEohUBkVieNamZqfE84BSdtklZmlYy+O&#10;Q0jS2jXPd8jQDbQNXlwpSnINId4BEk+pXNq9eEtHqx31wI0SZ53D3x/dJ3+iD1k564n31J9fW0DJ&#10;mf5piVjfy9ksLUpWZqdnU1LwtWX92mK3ZuloNiVtuRdZTP5Rv4gtOvNEK7pIWckEVlDuYRKjsozD&#10;PtKSC7lYZDdaDg/x2t57kcBTn1J7H/ZPgH4kVCQm3riXHYHqHaEG3xRp3WIbXasy2459pQkmhRYr&#10;z3L8CaTNfa1nr+Ovav4HAAD//wMAUEsDBBQABgAIAAAAIQC+2S5e2wAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFOKqhDiVKXAFYkC5bqNlyQiXkex04Z+PZtTue1oRjNv&#10;89XoWnWgPjSeDcxnCSji0tuGKwMf7y83KagQkS22nsnALwVYFZcXOWbWH/mNDttYKSnhkKGBOsYu&#10;0zqUNTkMM98Ri/fte4dRZF9p2+NRyl2rb5NkqR02LAs1drSpqfzZDk5Gnk5fvLQ47B5Pm+dP5rXd&#10;vVbGXF+N6wdQkcZ4DsOEL+hQCNPeD2yDakXP03uJTgeoyV+kd6D2BhbpEnSR6/8PFH8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAIYplbmgCAADyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvtkuXtsAAAAIAQAADwAAAAAAAAAAAAAAAADCBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4" strokecolor="#172c51" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB2" w:rsidRPr="0013714F" w14:paraId="53DB20A8" w14:textId="77777777" w:rsidTr="007C1AFF">
         <w:trPr>
           <w:trHeight w:val="2884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF3F7AF" w14:textId="4BD73108" w:rsidR="004C2DB2" w:rsidRPr="00DF390F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="7CF3F7AF" w14:textId="4E26111B" w:rsidR="004C2DB2" w:rsidRPr="00DF390F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF390F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Corporate Risk Register</w:t>
             </w:r>
             <w:r w:rsidR="00E45CDA" w:rsidRPr="00DF390F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> (n=24)</w:t>
+              <w:t xml:space="preserve"> (n=2</w:t>
+            </w:r>
+            <w:r w:rsidR="0068403F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="00DF390F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F456107" w14:textId="1FB0AACE" w:rsidR="004C2DB2" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF390F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -2445,1855 +2493,1664 @@
             </w:r>
             <w:r w:rsidR="007C1AFF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC2339">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB3721E" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+          <w:p w14:paraId="1DB3721E" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Level 12</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49ADEDBC" w14:textId="70DF0299" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="49ADEDBC" w14:textId="70DF0299" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> Statutory Compliance: Engagement &amp; Impact Assessment</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...23 lines deleted...]
-          <w:p w14:paraId="38608485" w14:textId="17475B9B" w:rsidR="004C2DB2" w:rsidRPr="002173FA" w:rsidRDefault="004C2DB2" w:rsidP="00231683">
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PFC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38608485" w14:textId="17475B9B" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00231683">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">100 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>A lack of a robust approach to partnerships &amp; collaboration</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65716F75" w14:textId="7729D33B" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+          <w:p w14:paraId="65716F75" w14:textId="7729D33B" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Level 20</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C8A35A" w14:textId="35C97779" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="69C8A35A" w14:textId="35C97779" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Healthcare Acquired Infection</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="555A27EC" w14:textId="0C57FC80" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+          <w:p w14:paraId="555A27EC" w14:textId="0C57FC80" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...9 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...5 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Access to Cancer services, QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C26E679" w14:textId="045E661A" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="2C26E679" w14:textId="045E661A" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">69 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Adolescents admitted to adult MHW</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13E99DFB" w14:textId="0E2F5BE2" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="13E99DFB" w14:textId="0E2F5BE2" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> Clinically Optimised Patients QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="426ABD36" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+          <w:p w14:paraId="6B647543" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6B647543" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06D04B0D" w14:textId="2176DB4B" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Level 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F38C38" w14:textId="2B647B2A" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">61 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Paediatric GA</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> QSC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25570402" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F1F64D7" w14:textId="605DC805" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Level 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D5BA81" w14:textId="2AD3684B" w:rsidR="00231683" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">94. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CAMHS</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...104 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> PFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28676800" w14:textId="52E1BE41" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+          <w:p w14:paraId="28676800" w14:textId="52E1BE41" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Level 20</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="436092D9" w14:textId="2ED6E13F" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+          <w:p w14:paraId="436092D9" w14:textId="2ED6E13F" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">60 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Cyber Security and Resilience</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DDRI</w:t>
             </w:r>
-            <w:r w:rsidR="007C1AFF">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="007C1AFF" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> IC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AAB3E3E" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="3AAB3E3E" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">64 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>H&amp;S Infrastructure (20) QSC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3884E38C" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="3884E38C" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">104 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Clinical Coding Completeness (20) DDRI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72E445F7" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="72E445F7" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">105 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>LIMS (20) DRRI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AEE5A35" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="6AEE5A35" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00A31AC8" w14:textId="75418712" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
+          <w:p w14:paraId="00A31AC8" w14:textId="75418712" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00ED77A1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="300D0B80" w14:textId="2AFEA6A6" w:rsidR="004C2DB2" w:rsidRPr="002173FA" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
+          <w:p w14:paraId="300D0B80" w14:textId="2AFEA6A6" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">36 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Paper Record Storage (16) DDRI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03257A9E" w14:textId="5867BCD2" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+          <w:p w14:paraId="03257A9E" w14:textId="5867BCD2" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Level 20</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="724C096B" w14:textId="0EDC41C2" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+          <w:p w14:paraId="724C096B" w14:textId="0EDC41C2" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">89 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Healthcare Nursing Staff Levels (HMPS), QSC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76FD6657" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54030DBA" w14:textId="5C6B79A7" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Level 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7EFA99" w14:textId="4DA07974" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Recruitment of Consultant Medical and Dental Staff</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...12 lines deleted...]
-          <w:p w14:paraId="76FD6657" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> WOD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4560BC43" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="583293FB" w14:textId="1C19F9C8" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...13 lines deleted...]
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Level 16</w:t>
-[...47 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
+              <w:t>Level 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="467007C3" w14:textId="681E2403" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00E45CDA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="7030A0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">101 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HCSW Industrial Action</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> WOD</w:t>
             </w:r>
-          </w:p>
-[...86 lines deleted...]
-            <w:r w:rsidR="007C1AFF">
+            <w:r w:rsidR="007C1AFF" w:rsidRPr="0092435B">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> IC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021F2A81" w14:textId="302BAFCE" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+          <w:p w14:paraId="021F2A81" w14:textId="302BAFCE" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Level 25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52E6AEB0" w14:textId="41BFB63E" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+          <w:p w14:paraId="52E6AEB0" w14:textId="41BFB63E" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">92 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Finance forecast deficit risk</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> PFC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C87086" w14:textId="2D5C3D76" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+          <w:p w14:paraId="76C87086" w14:textId="2D5C3D76" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="cyan"/>
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">93 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Finance Capital Funds</w:t>
             </w:r>
-            <w:r w:rsidR="00720C7B" w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> PFC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE841B2" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="00720C7B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+          <w:p w14:paraId="2B34400F" w14:textId="40BC9678" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
-                <w:bCs/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2B34400F" w14:textId="40BC9678" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Level 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13286016" w14:textId="64F37737" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
-[...4 lines deleted...]
-                <w:highlight w:val="cyan"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Non-Compliance with ALN Act, QSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66511E8B" w14:textId="5D6EFCCD" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Subject Access Request, DDRI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="778D627D" w14:textId="77777777" w:rsidR="00E32146" w:rsidRPr="0092435B" w:rsidRDefault="00E32146" w:rsidP="00E32146">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Failure to Develop and Approvable IMTP</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0291B5AD" w14:textId="429D3800" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">106 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Emissions Reduction</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PFC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF35E07" w14:textId="7439A4F5" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">107 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Emergency Preparedness</w:t>
+            </w:r>
+            <w:r w:rsidR="00720C7B" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PHC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4155B9E8" w14:textId="5815AEB9" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Level 20</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="13286016" w14:textId="64F37737" w:rsidR="00720C7B" w:rsidRPr="00720C7B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
+              <w:t>Level 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329AA4E6" w14:textId="77777777" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="00720C7B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DoLS (16) QSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="660A943A" w14:textId="3DD4E3B5" w:rsidR="00720C7B" w:rsidRPr="0092435B" w:rsidRDefault="00720C7B" w:rsidP="004C2DB2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Level 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB4A998" w14:textId="5FE90389" w:rsidR="00231683" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00720C7B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720C7B">
-[...364 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">53 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00720C7B">
-[...6 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Welsh Language Standards (15) HB WLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C2DB2" w:rsidRPr="0013714F" w14:paraId="57031956" w14:textId="77777777" w:rsidTr="007C1AFF">
+      <w:tr w:rsidR="004C2DB2" w:rsidRPr="0013714F" w14:paraId="57031956" w14:textId="77777777" w:rsidTr="0092435B">
         <w:trPr>
-          <w:trHeight w:val="393"/>
+          <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="64B9A735" w14:textId="77C73706" w:rsidR="004C2DB2" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
+          <w:p w14:paraId="1880B137" w14:textId="16733C48" w:rsidR="00E45CDA" w:rsidRPr="0013714F" w:rsidRDefault="00E45CDA" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11E2445B" wp14:editId="654C55ED">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>907415</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-6350</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="123825" cy="238125"/>
                       <wp:effectExtent l="19050" t="19050" r="28575" b="47625"/>
@@ -4327,132 +4184,124 @@
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3DA3CDA7" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:71.45pt;margin-top:-.5pt;width:9.75pt;height:18.75pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAofb1ZYAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azZuuCOkXQosOA&#10;og2aDj2rslQbkEWNUuJkXz9KdpygLXYYdpEpkXyknh91cblrDdsq9A3YkheTnDNlJVSNfSn5z8eb&#10;T+ec+SBsJQxYVfK98vxy8fHDRefmago1mEohIxDr550reR2Cm2eZl7VqhZ+AU5acGrAVgbb4klUo&#10;OkJvTTbN8y9ZB1g5BKm8p9Pr3skXCV9rJcO91l4FZkpOvYW0Ylqf45otLsT8BYWrGzm0If6hi1Y0&#10;loqOUNciCLbB5g1U20gEDzpMJLQZaN1Ile5AtynyV7dZ18KpdBcix7uRJv//YOXddu1WSDR0zs89&#10;mfEWO41t/FJ/bJfI2o9kqV1gkg6L6efz6YwzSS4yC7IJJTsmO/Thu4KWRaPkG3cNnV0iQpeYEttb&#10;H/qMQySlH7tIVtgbFRsx9kFp1lRUd5qyk0DUlUG2FfRrhZTKhqJ31aJS/XExy/P0j6mtMSM1mQAj&#10;sm6MGbEHgCi+t9h9r0N8TFVJX2Ny/rfG+uQxI1UGG8bktrGA7wEYutVQuY8/kNRTE1l6hmq/QobQ&#10;q9s7edMQ5bfCh5VAkjMJn0Y03NOiDXQlh8HirAb8/d55jCeVkZezjsaj5P7XRqDizPywpL9vxdlZ&#10;nKe0OZt9ndIGTz3Ppx67aa+AflNBj4GTyYzxwRxMjdA+0SQvY1VyCSupdsllwMPmKvRjS2+BVMtl&#10;CqMZciLc2rWTETyyGrX0uHsS6AbdBRLsHRxGScxf6a6PjZkWlpsAukmiPPI68E3zl4QzvBVxwE/3&#10;Ker4oi3+AAAA//8DAFBLAwQUAAYACAAAACEASe5hNt0AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3FqnoUQQ4lQUiQsHKhq4u/ESR8TrNHbS9O/ZnuA4mtHMm2Izu05MOITW&#10;k4LVMgGBVHvTUqPgs3pdPIAIUZPRnSdUcMYAm/L6qtC58Sf6wGkfG8ElFHKtwMbY51KG2qLTYel7&#10;JPa+/eB0ZDk00gz6xOWuk2mSZNLplnjB6h5fLNY/+9HxiJ3mr/fjthrf8Nz1Vbo7bnGn1O3N/PwE&#10;IuIc/8JwwWd0KJnp4EcyQXSs1+kjRxUsVvzpEsjSNYiDgrvsHmRZyP8Pyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAKH29WWACAAAZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEASe5hNt0AAAAJAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4 [3204]" strokecolor="#09101d [484]" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="0047B59A" id="Arrow: Up-Down 1" o:spid="_x0000_s1026" type="#_x0000_t70" style="position:absolute;margin-left:71.45pt;margin-top:-.5pt;width:9.75pt;height:18.75pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAofb1ZYAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azZuuCOkXQosOA&#10;og2aDj2rslQbkEWNUuJkXz9KdpygLXYYdpEpkXyknh91cblrDdsq9A3YkheTnDNlJVSNfSn5z8eb&#10;T+ec+SBsJQxYVfK98vxy8fHDRefmago1mEohIxDr550reR2Cm2eZl7VqhZ+AU5acGrAVgbb4klUo&#10;OkJvTTbN8y9ZB1g5BKm8p9Pr3skXCV9rJcO91l4FZkpOvYW0Ylqf45otLsT8BYWrGzm0If6hi1Y0&#10;loqOUNciCLbB5g1U20gEDzpMJLQZaN1Ile5AtynyV7dZ18KpdBcix7uRJv//YOXddu1WSDR0zs89&#10;mfEWO41t/FJ/bJfI2o9kqV1gkg6L6efz6YwzSS4yC7IJJTsmO/Thu4KWRaPkG3cNnV0iQpeYEttb&#10;H/qMQySlH7tIVtgbFRsx9kFp1lRUd5qyk0DUlUG2FfRrhZTKhqJ31aJS/XExy/P0j6mtMSM1mQAj&#10;sm6MGbEHgCi+t9h9r0N8TFVJX2Ny/rfG+uQxI1UGG8bktrGA7wEYutVQuY8/kNRTE1l6hmq/QobQ&#10;q9s7edMQ5bfCh5VAkjMJn0Y03NOiDXQlh8HirAb8/d55jCeVkZezjsaj5P7XRqDizPywpL9vxdlZ&#10;nKe0OZt9ndIGTz3Ppx67aa+AflNBj4GTyYzxwRxMjdA+0SQvY1VyCSupdsllwMPmKvRjS2+BVMtl&#10;CqMZciLc2rWTETyyGrX0uHsS6AbdBRLsHRxGScxf6a6PjZkWlpsAukmiPPI68E3zl4QzvBVxwE/3&#10;Ker4oi3+AAAA//8DAFBLAwQUAAYACAAAACEASe5hNt0AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3FqnoUQQ4lQUiQsHKhq4u/ESR8TrNHbS9O/ZnuA4mtHMm2Izu05MOITW&#10;k4LVMgGBVHvTUqPgs3pdPIAIUZPRnSdUcMYAm/L6qtC58Sf6wGkfG8ElFHKtwMbY51KG2qLTYel7&#10;JPa+/eB0ZDk00gz6xOWuk2mSZNLplnjB6h5fLNY/+9HxiJ3mr/fjthrf8Nz1Vbo7bnGn1O3N/PwE&#10;IuIc/8JwwWd0KJnp4EcyQXSs1+kjRxUsVvzpEsjSNYiDgrvsHmRZyP8Pyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAKH29WWACAAAZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEASe5hNt0AAAAJAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" adj=",5616" fillcolor="#4472c4 [3204]" strokecolor="#09101d [484]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1B38D7" w14:textId="5AE8B204" w:rsidR="004C2DB2" w:rsidRPr="00E45CDA" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="1C1B38D7" w14:textId="5AE8B204" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6049E0" w14:textId="2C023A11" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="5B6049E0" w14:textId="2C023A11" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17FEF1F1" w14:textId="6C7A6641" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="17FEF1F1" w14:textId="6C7A6641" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A945CAE" w14:textId="2EBED194" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="2A945CAE" w14:textId="2EBED194" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B4468C" w14:textId="578EA3AB" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="18B4468C" w14:textId="578EA3AB" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB2" w:rsidRPr="0013714F" w14:paraId="351CE277" w14:textId="77777777" w:rsidTr="007C1AFF">
         <w:trPr>
           <w:trHeight w:val="132"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="064F1BB5" w14:textId="6480521B" w:rsidR="00E45CDA" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -4524,85 +4373,92 @@
               <w:t>, No.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A5ABEC6" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="004C2DB2" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="174" w:hanging="174"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2DB2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A level below the Corporate Risk Register.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5655712B" w14:textId="17502E40" w:rsidR="004C2DB2" w:rsidRPr="004C2DB2" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+          <w:p w14:paraId="5655712B" w14:textId="40A39E90" w:rsidR="004C2DB2" w:rsidRPr="004C2DB2" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="174" w:hanging="174"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2DB2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">All risks rated </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2DB2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16 which are not on the Corporate Risk Register or the Strategic Risk Register</w:t>
             </w:r>
+            <w:r w:rsidR="0059633E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (service group risks)</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="26E36427" w14:textId="485CD643" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="174" w:hanging="174"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2DB2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Horizon 1 – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4611,372 +4467,373 @@
               </w:rPr>
               <w:t>‘H</w:t>
             </w:r>
             <w:r w:rsidRPr="004C2DB2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ere and now</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C85E45C" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="7C85E45C" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Health Promotion &amp; Protection (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796A677" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="3796A677" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patient Safety (7)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="297D059D" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="297D059D" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C4D1E78" w14:textId="7B3C96E9" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Medical Devices &amp; Equipment (2</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7596B18A" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="7596B18A" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Environment, Estates &amp; Infrastructure (24)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3125F411" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="3125F411" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1811109C" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Information Governance (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B701BE" w14:textId="34D54E10" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="61B701BE" w14:textId="34D54E10" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Workforce &amp; OD (4</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44CAC465" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="44CAC465" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31DD1F86" w14:textId="64B46956" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sustainable Services (6</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0F2070" w14:textId="4F07EF3A" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...10 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="0B0F2070" w14:textId="4F07EF3A" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compliance &amp; Legislation (1</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5C2A79" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="5E5C2A79" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10D6503B" w14:textId="3D5241AB" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Financial Management (</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08D0ACF9" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0013714F" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
-[...18 lines deleted...]
-                <w:highlight w:val="cyan"/>
+          <w:p w14:paraId="08D0ACF9" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="369B367F" w14:textId="77777777" w:rsidR="004C2DB2" w:rsidRPr="0092435B" w:rsidRDefault="004C2DB2" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Governance &amp; Assurance (</w:t>
             </w:r>
-            <w:r w:rsidR="00E45CDA" w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidR="00E45CDA" w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45CDA">
-[...3 lines deleted...]
-                <w:highlight w:val="cyan"/>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72A622F4" w14:textId="77777777" w:rsidR="0092435B" w:rsidRPr="0092435B" w:rsidRDefault="0092435B" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48886F26" w14:textId="6A97E6F2" w:rsidR="0092435B" w:rsidRPr="0092435B" w:rsidRDefault="0092435B" w:rsidP="00ED77A1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092435B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Health &amp; Safety (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="117EF76F" w14:textId="77777777" w:rsidR="007C1AFF" w:rsidRPr="0013714F" w:rsidRDefault="007C1AFF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C1AFF" w:rsidRPr="0013714F" w:rsidSect="00E45CDA">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1440" w:bottom="0" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -5488,143 +5345,155 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="82339381">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1347563657">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1276207537">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1765615754">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F96830"/>
     <w:rsid w:val="0004605C"/>
     <w:rsid w:val="00097207"/>
     <w:rsid w:val="000D1351"/>
     <w:rsid w:val="000E0605"/>
+    <w:rsid w:val="00133F1B"/>
     <w:rsid w:val="00134479"/>
     <w:rsid w:val="0013714F"/>
     <w:rsid w:val="00164BFD"/>
     <w:rsid w:val="001907A7"/>
     <w:rsid w:val="00211A39"/>
     <w:rsid w:val="002173FA"/>
+    <w:rsid w:val="00223D27"/>
     <w:rsid w:val="00231683"/>
     <w:rsid w:val="002358B6"/>
     <w:rsid w:val="002835F7"/>
     <w:rsid w:val="0029205E"/>
+    <w:rsid w:val="002A7B3C"/>
     <w:rsid w:val="002C453E"/>
     <w:rsid w:val="002E0CA1"/>
     <w:rsid w:val="0030746F"/>
     <w:rsid w:val="003273D5"/>
     <w:rsid w:val="00337C45"/>
     <w:rsid w:val="00345142"/>
     <w:rsid w:val="00355F3A"/>
     <w:rsid w:val="003856CA"/>
     <w:rsid w:val="003A2D1D"/>
     <w:rsid w:val="003D03B5"/>
     <w:rsid w:val="00446D9A"/>
     <w:rsid w:val="00462DE9"/>
     <w:rsid w:val="004A130B"/>
     <w:rsid w:val="004A4CBD"/>
     <w:rsid w:val="004B2F7D"/>
     <w:rsid w:val="004C2DB2"/>
     <w:rsid w:val="004F09EC"/>
     <w:rsid w:val="004F11EB"/>
+    <w:rsid w:val="0059633E"/>
     <w:rsid w:val="005A6093"/>
     <w:rsid w:val="005D1E53"/>
     <w:rsid w:val="005F4787"/>
+    <w:rsid w:val="0068403F"/>
+    <w:rsid w:val="006865C3"/>
     <w:rsid w:val="006B5A36"/>
     <w:rsid w:val="006D3B60"/>
     <w:rsid w:val="00720C7B"/>
     <w:rsid w:val="00742214"/>
     <w:rsid w:val="007C1AFF"/>
     <w:rsid w:val="007C4F06"/>
     <w:rsid w:val="00814769"/>
     <w:rsid w:val="0082055B"/>
     <w:rsid w:val="00820E28"/>
     <w:rsid w:val="00841C22"/>
+    <w:rsid w:val="00850431"/>
+    <w:rsid w:val="00866622"/>
     <w:rsid w:val="00872B5F"/>
     <w:rsid w:val="00880EBC"/>
     <w:rsid w:val="008849BE"/>
     <w:rsid w:val="008D3416"/>
+    <w:rsid w:val="0092435B"/>
     <w:rsid w:val="00951D4F"/>
     <w:rsid w:val="00960B56"/>
     <w:rsid w:val="009633C1"/>
     <w:rsid w:val="009641FE"/>
     <w:rsid w:val="00995C6D"/>
     <w:rsid w:val="009964AB"/>
     <w:rsid w:val="009B2B3B"/>
     <w:rsid w:val="009F613C"/>
+    <w:rsid w:val="00A00EAB"/>
     <w:rsid w:val="00A257CD"/>
     <w:rsid w:val="00A311BA"/>
     <w:rsid w:val="00A458C0"/>
     <w:rsid w:val="00A962D5"/>
     <w:rsid w:val="00AB0F9F"/>
     <w:rsid w:val="00AE3C98"/>
     <w:rsid w:val="00B23B38"/>
     <w:rsid w:val="00B275B1"/>
     <w:rsid w:val="00B47951"/>
     <w:rsid w:val="00B804F1"/>
     <w:rsid w:val="00BB77E2"/>
     <w:rsid w:val="00C028E8"/>
     <w:rsid w:val="00C0417A"/>
     <w:rsid w:val="00CB4C70"/>
     <w:rsid w:val="00CC2339"/>
     <w:rsid w:val="00CF46DF"/>
     <w:rsid w:val="00D353F3"/>
+    <w:rsid w:val="00D61A88"/>
     <w:rsid w:val="00D8759B"/>
     <w:rsid w:val="00D96A7C"/>
     <w:rsid w:val="00DC4183"/>
     <w:rsid w:val="00DD4687"/>
     <w:rsid w:val="00DF390F"/>
+    <w:rsid w:val="00E32146"/>
     <w:rsid w:val="00E45CDA"/>
     <w:rsid w:val="00E86926"/>
     <w:rsid w:val="00E91432"/>
     <w:rsid w:val="00E9443A"/>
     <w:rsid w:val="00ED1429"/>
     <w:rsid w:val="00EE4B99"/>
     <w:rsid w:val="00EF3D66"/>
     <w:rsid w:val="00F021AB"/>
     <w:rsid w:val="00F11A01"/>
     <w:rsid w:val="00F3358B"/>
     <w:rsid w:val="00F661E9"/>
     <w:rsid w:val="00F96830"/>
     <w:rsid w:val="00FA5DA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -6605,51 +6474,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1014768488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6916,52 +6785,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001C022EFBB18C64ABE3B9933434D2554" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f943177ea8763000a8499e1c2226e28c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="60b0568e-e574-4342-a9c0-c22c6fec6509" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88fda345858a4b69abf4f7695f2c7751" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001C022EFBB18C64ABE3B9933434D2554" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa1fdaed32ccfb62a78fe7804e1feb11">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="60b0568e-e574-4342-a9c0-c22c6fec6509" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="243aadca8e19f5d5123f99ada160efc8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="60b0568e-e574-4342-a9c0-c22c6fec6509"/>
     <xsd:import namespace="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7162,99 +7031,111 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="60b0568e-e574-4342-a9c0-c22c6fec6509">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fdfaf355-f7ae-47f3-8f93-739a60756710" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84F25752-415F-45A4-8441-9EC0FFE5A3B2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AF3DD98-6CF7-4545-87CA-AC309906F9B1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887325F-04AB-44D4-9B8B-64DA5E1726B0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887325F-04AB-44D4-9B8B-64DA5E1726B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D79B872B-4E1D-445F-B1B9-C536DDEF1893}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D79B872B-4E1D-445F-B1B9-C536DDEF1893}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="60b0568e-e574-4342-a9c0-c22c6fec6509"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>602</Words>
-  <Characters>3237</Characters>
+  <Words>621</Words>
+  <Characters>3333</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>202</Lines>
+  <Lines>196</Lines>
   <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SBU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3716</CharactersWithSpaces>
+  <CharactersWithSpaces>3831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hazel Lloyd (Swansea Bay UHB - Corporate Governance)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010001C022EFBB18C64ABE3B9933434D2554</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>